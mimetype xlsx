--- v0 (2026-01-26)
+++ v1 (2026-03-17)
@@ -8,60 +8,60 @@
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://unilever-my.sharepoint.com/personal/michelle_norney_unilever_com/Documents/1. Working file/How to invoice us/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://unilever-my.sharepoint.com/personal/michelle_norney_unilever_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{D135DBFF-DA4A-4955-B14E-80801FADF274}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{53E080CD-3860-419B-A6C3-CE29485477A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="4" activeTab="4" xr2:uid="{39AF89F7-5543-4909-AF21-B456DE84BFBF}"/>
+    <workbookView xWindow="-28920" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="4" activeTab="4" xr2:uid="{39AF89F7-5543-4909-AF21-B456DE84BFBF}"/>
   </bookViews>
   <sheets>
     <sheet name="Invoice Receipt-1" sheetId="1" state="hidden" r:id="rId1"/>
     <sheet name="Sheet1" sheetId="4" state="hidden" r:id="rId2"/>
     <sheet name="Submission Channels" sheetId="3" state="hidden" r:id="rId3"/>
     <sheet name="Submission Channels Edited" sheetId="5" state="hidden" r:id="rId4"/>
     <sheet name="Submission Channel" sheetId="6" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">'Submission Channel'!$A$2:$J$69</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'Submission Channels'!$A$3:$Z$85</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="1">'Submission Channels Edited'!$A$3:$Z$85</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
@@ -237,51 +237,51 @@
   <c r="L24" i="3"/>
   <c r="L23" i="3"/>
   <c r="L22" i="3"/>
   <c r="L21" i="3"/>
   <c r="L20" i="3"/>
   <c r="L19" i="3"/>
   <c r="L18" i="3"/>
   <c r="L17" i="3"/>
   <c r="L16" i="3"/>
   <c r="L15" i="3"/>
   <c r="L14" i="3"/>
   <c r="L13" i="3"/>
   <c r="L12" i="3"/>
   <c r="L11" i="3"/>
   <c r="L10" i="3"/>
   <c r="L9" i="3"/>
   <c r="L8" i="3"/>
   <c r="L7" i="3"/>
   <c r="L6" i="3"/>
   <c r="L5" i="3"/>
   <c r="L4" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4378" uniqueCount="725">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4378" uniqueCount="755">
   <si>
     <t>Sub Process</t>
   </si>
   <si>
     <t>Input sources</t>
   </si>
   <si>
     <t>Country</t>
   </si>
   <si>
     <t>Vendors</t>
   </si>
   <si>
     <t>Scanning partner</t>
   </si>
   <si>
     <t>Partner with IBM / UL</t>
   </si>
   <si>
     <t>Hard copy/e-invoice/e-mail based invoice archival</t>
   </si>
   <si>
     <t>Invoice Receipt</t>
   </si>
   <si>
@@ -2451,500 +2451,671 @@
     <t>Magnum ICC New Zealand MSO DRAFT</t>
   </si>
   <si>
     <t xml:space="preserve">Magnum ICC NZ Limited </t>
   </si>
   <si>
     <t>Level 4, 103 Carlton Gore Road, Newmarket, Auckland, 1023, New Zealand</t>
   </si>
   <si>
     <t>9329775</t>
   </si>
   <si>
     <t>145-457-904</t>
   </si>
   <si>
     <t>The Magnum Ice Cream Company Netherlands SpinCo</t>
   </si>
   <si>
     <t xml:space="preserve">The Magnum Ice Cream Company
  </t>
   </si>
   <si>
     <t>97035467</t>
   </si>
   <si>
-    <t>27/314/01015</t>
-[...39 lines deleted...]
-Email Address (Applicable to Foreign Invoices): TH.AP@unilever.com </t>
+    <t>How/where to send an invoice</t>
+  </si>
+  <si>
+    <t>Additional Information</t>
   </si>
   <si>
     <t>Company code</t>
   </si>
   <si>
-    <t xml:space="preserve">Magnum ICC Belgium NV/SA
-[...40 lines deleted...]
-    <t>Tradeshift &amp; Hard copy</t>
+    <t xml:space="preserve">Legal Entity name (Mandatory on Invoice) </t>
+  </si>
+  <si>
+    <t>Legal Entity Address (mandatory on invoice)</t>
+  </si>
+  <si>
+    <t>Invoicing method(s)
+Preferred method for the country</t>
   </si>
   <si>
     <t>Local invoicing instructions</t>
-  </si>
-[...13 lines deleted...]
-    <t>SE556038257301</t>
   </si>
   <si>
     <t>Paper/hard copies are only applicable to certain countries or if facing an issue with e-invoicing.  The details below show the address to add to the envelope. 
  (Also, refer to the "Send to" address on the PO)</t>
   </si>
   <si>
-    <t xml:space="preserve">270606502451000
-[...29 lines deleted...]
-    <t>Additional Information</t>
+    <t>2 Magnum Place, Minto, New South Wales 2566, Australia</t>
   </si>
   <si>
     <t xml:space="preserve">TradeShift
 </t>
   </si>
   <si>
-    <t>Invoicing method(s)
-[...3 lines deleted...]
-    <t>8200 Veszprém Kistó utca 5</t>
+    <t>Ben &amp; Jerry’s Franchising Australia Limited
+2 Magnum Place, Minto, New South Wales 2566, Australia
+Email Address: AU.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Magnum ICC Australia Pty Ltd
+2 Magnum Place, Minto, New South Wales 2566, Australia
+Email Address: AU.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Firmenbuchgericht Wien, FN 648477 v, Austria</t>
   </si>
   <si>
     <r>
       <t>Iron Mountain Slovakia, s.r.o. 
 Ref.: Unilever</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">Austria
+      <t>Austria
 Na Pántoch 18
-LC Rača, 831 06 Bratislava Slovakia </t>
+LC Rača, 831 06 Bratislava Slovakia 
+AT.AP@unilever.com</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Iron Mountain Slovakia, s.r.o. 
-[...27 lines deleted...]
-Kymis Ave. &amp; 10, Seneka str., 145 64 KIFISIA, GREECE
+    <t>Rue Picard 7 Bloc 6 1000 Brussels</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magnum ICC Belgium NV/SA
+PO Box 10024
+1070 Anderlecht Belgique 
+BE.AP@unilever.com
 </t>
-    </r>
-[...17 lines deleted...]
-      <t xml:space="preserve">gr-elaisunilever.invoice-in@unilever.com
+  </si>
+  <si>
+    <t xml:space="preserve">Magnum ICC Brasil Supply Ltda
 </t>
-    </r>
-[...9 lines deleted...]
-Tungsten: AAA821428406 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Follow Local process as per your PO/instructions to the right
+</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t>Services:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> Please use this link to submit invoices https://ist.bpopen.capgemini.com/Portal/Home/Main</t>
     </r>
+  </si>
+  <si>
+    <t xml:space="preserve">11806723000107
+</t>
+  </si>
+  <si>
+    <t>PO BOX 210493 Dallas, TX 75211 USA
+CAD.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Chinese suppliers - use Aisino
+Foreign suppliers use paper or email method
+Email for Foreign suppliers  ulrpting@cn.ibm.com</t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial Nova"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">For Non-Aisino (foreign) Suppliers 
+Paper Invoice - send to  </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial Nova"/>
+        <family val="2"/>
+      </rPr>
+      <t>No.38 Liuming Road, Putuo District, Shanghai 200333
+Contact: Iron Mountain Shanghai (Please mark “Unilever center” or “Mail Point UL258”)
+CN.AP@unilever.com</t>
+    </r>
+  </si>
+  <si>
+    <t>Chinese suppliers - use Aisino
+Foreign suppliers use paper or email method 
+Email for Foreign suppliers  ulrpting@cn.ibm.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Iron Mountain Slovakia, s.r.o. 
+Ref.: Unilever ČR, spol. s.r.o
+Na Pántoch 18
+LC Rača, 831 06 Bratislava Slovakia 
+CZ.AP@unilever.com
+</t>
+  </si>
+  <si>
+    <t>Østergade 53-55, 1100 København K, Denmark</t>
+  </si>
+  <si>
+    <t>Magnum ICC Denmark A/S
+Østergade 53-55, 1100 København K, Denmark
+DK.AP@unilever.com</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Follow the email process, email addreses are as follows:
 </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t>Foreign vendors</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> email to - ULECFC.scanning@unilever.com _x000B_</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t>Local vendors</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
       <t xml:space="preserve"> email to - cuentasxpagar@unilever.com</t>
     </r>
   </si>
   <si>
-    <t>Chinese suppliers - use Aisino
-[...13 lines deleted...]
-    <t xml:space="preserve">Follow Local process as per your PO/instructions to the right
+    <t xml:space="preserve">993396642001
 </t>
   </si>
   <si>
+    <t>Hermannin rantatie 9, 
+00580 Helsinki Finland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magnum ICC Finland Oy
+PL 4701 
+00002 Helsinki 
+Finland 
+FI.AP@unilever.com
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Tungsten
+</t>
+  </si>
+  <si>
+    <t>Comptabilité Fournisseurs
+20 rue des Deux Gares, CS 90056-TSA 19999, _x000B_92566 RUEIL MALMAISON, France 
+FR.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>FR08602033441</t>
+  </si>
+  <si>
+    <t>Comptabilité Fournisseurs_x000B_20 rue des Deux Gares, CS 90056-TSA 19999, _x000B_92566 RUEIL MALMAISON, France 
+FR.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>FR52942313271</t>
+  </si>
+  <si>
+    <t>Postfach 900237 12402 Berlin, Germany
+DE.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>DE454176807</t>
+  </si>
+  <si>
+    <t>27/314/01015</t>
+  </si>
+  <si>
+    <t>DE454704584</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Greece </t>
+  </si>
+  <si>
     <t>Please refer to the Purchase Order (PO). If you do not have PO, please contact your TMICC buyer.</t>
-  </si>
-[...1 lines deleted...]
-    <t>How/where to send an invoice</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
-      <t xml:space="preserve">For Non-Aisino (foreign) Suppliers 
-Paper Invoice - send to  </t>
+      <t>Send Paper/Hard Copy Invoices:</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Arial Nova"/>
         <family val="2"/>
       </rPr>
-      <t>No.38 Liuming Road, Putuo District, Shanghai 200333
-Contact: Iron Mountain Shanghai (Please mark “Unilever center” or “Mail Point UL258”)</t>
+      <t xml:space="preserve">
+Kymis Ave. &amp; 10, Seneka str., 145 64 KIFISIA, GREECE
+</t>
     </r>
-  </si>
-[...3 lines deleted...]
-Akko,  2451704, Israel</t>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial Nova"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">and Email: </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="Arial Nova"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">gr-elaisunilever.invoice-in@unilever.com
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Magnum ICC Hungary Kft.</t>
+  </si>
+  <si>
+    <t>Iron Mountain Slovakia s.r.o. _x000B_- Unilever Magyarország Kft. _x000B_1550 Budapest, Pf. 158. 
+HU.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Magnum ICC Hungary Supply Kft.</t>
+  </si>
+  <si>
+    <t>8200 Veszprém Kistó utca 5</t>
+  </si>
+  <si>
+    <t>Magnum ICC India Services Private Ltd</t>
+  </si>
+  <si>
+    <t>27AATCM2635F1Z8</t>
+  </si>
+  <si>
+    <t>Grha Unilever, Green Office Park Kav. 3, Jalan BSD Boulevard Barat, BSD City, Sampora Subdistrict, Cisauk District, Tangerang Regency, Banten Province, Indonesia 15345
+Email Address: IDULI.AP@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">270606502451000
+</t>
+  </si>
+  <si>
+    <t>Magnum ICC Ireland Limited
+PO box 10766 Dublin 15 Ireland 
+IE.AP@unilever.com</t>
   </si>
   <si>
     <t xml:space="preserve">	Haharoshet 1
 P O Box 2288
 Akko, 2451704, Israel</t>
   </si>
   <si>
-    <t xml:space="preserve">Tungsten
+    <t>Glidat Strauss Limited
+Haharoshet 1
+P O Box 2288
+Akko,  2451704, Israel</t>
+  </si>
+  <si>
+    <t>Via del Serafico 200 - 00142 Rome, Italy</t>
+  </si>
+  <si>
+    <t>Magnum ICC Italy S.r.l.
+PO BOX 10732
+ Viale Bethoven 36
+00144 Roma Italy 
+Tungsten: AAA576641161
+IT.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Magnum ICC Italy Supply S.r.l.
+PO BOX 10732
+Viale Bethoven 36
+00144 Roma Italy 
+Tungsten: AAA821428406 
+IT.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Magnum ICC Kazakhstan LLP
+Abylaikhan Avenue 53, Office 602, Almalinskiy District, city of Almaty, 050004 (A05A2K5) , Republic of Kazakhstan</t>
+  </si>
+  <si>
+    <t xml:space="preserve">250240034349
 </t>
   </si>
   <si>
-    <t>219 North Rocks Road NORTH ROCKS 2151
-[...8 lines deleted...]
-    <t>Suite 2-1, Level 2, Vertical Corporate Tower B, Avenue 10, The Vertical, Bangsar South City, No.8, Jalan Kerinchi, 59200 Kuala Lumpur W.P. Kuala Lumpur, Malaysia
+    <t>5578/LT10</t>
+  </si>
+  <si>
+    <t>UAB Magnum ICC Lietuva</t>
+  </si>
+  <si>
+    <t>UAB Magnum ICC Lietuva
+Kronvalda bulvaris 3-10, LV-1010, Riga, Latvia
+LT.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Suite 5.01, Level 5, The Gardens South Tower, 
+Mid Valley City, Lingkaran Syed Putra 59200 
+Kuala Lumpur Malaysia</t>
+  </si>
+  <si>
+    <t>Magnum ICC MY Sdn. Bhd.
+Suite 2-1, Level 2, Vertical Corporate Tower B, Avenue 10, The Vertical, Bangsar South City, No.8, Jalan Kerinchi, 59200 Kuala Lumpur W.P. Kuala Lumpur, Malaysia
 MY.AP@unilever.com</t>
   </si>
   <si>
-    <t>18 Nepal Park, 139407, Singapore
-[...6 lines deleted...]
-831 06 Bratislava </t>
+    <t>Postbus 32
+3130 AA VLAARDINGEN Netherlands 
+NL.AP@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Postbus 32
+3130 AA VLAARDINGEN Netherlands
+NL.AP@unilever.com </t>
   </si>
   <si>
     <t xml:space="preserve">	Level 4
 103 Carlton Gore Road
 Newmarket, Auckland
 1023
 New Zealand
 Email Address: NZ.AP@unilever.com</t>
   </si>
   <si>
     <t>Level 4, 103 Carlton Gore Road, Newmarket, Auckland, 1023, New Zealand
 Email Address: NZ.AP@unilever.com</t>
   </si>
   <si>
-    <t xml:space="preserve">PO BOX 17, Oficiul Postal Pipera Attn. Unilever
+    <t>Central Payment Department 
+The Magnum Ice Cream Company Pakistan Limited
+ Avari Plaza Fatima Jinnah Road
+ Karachi – PC # 75530 
+pak.ap@unilever.com</t>
+  </si>
+  <si>
+    <t>Magnum RFM Ice Cream Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Unit 32-06, mTower, 460 Alexandra Road 
+Singapore 119963 </t>
+  </si>
+  <si>
+    <t>Tradeshift &amp; Hard copy</t>
+  </si>
+  <si>
+    <t>Manggahan Light Industrial Compound, A. Rodriguez Avenue
+Bo. Manggahan, Pasig City
+Postal Address: : Iron Mountain Philippines - Southwoods Area C, Southwoods Industrial Park Brgy. Mabuhay, Governors Drive, 4116 Carmona, Cavite, Philippines
+Email Address: PH.AP@unilever.com (if exempted as per PH CAS Permit)</t>
+  </si>
+  <si>
+    <t>PO Box No.: 95
+Iron Mountain Slovakia, s.r.o
+c/o Unilever Poland
+82015 Bratislava
+Slovakia
+PL.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>PO BOX 17, Oficiul Postal Pipera Attn. Unilever
+ 2, Drumul Potcoavei St., Judetul Ilfov ROMANIA 
+ Postal Code 077191 
+RO.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>RO6726755</t>
+  </si>
+  <si>
+    <t>PO BOX 17, Oficiul Postal Pipera Attn. Unilever
 2, Drumul Potcoavei St., Judetul Ilfov ROMANIA 
- Postal Code 077191 </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">PO BOX 17, Oficiul Postal Pipera Attn. Unilever
+Postal Code 077191 
+RO.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>RO45859787</t>
+  </si>
+  <si>
+    <t>PO BOX 17, Oficiul Postal Pipera Attn. Unilever
 2, Drumul Potcoavei St., Judetul Ilfov ROMANIA 
-Postal Code 077191 </t>
-[...2 lines deleted...]
-    <t xml:space="preserve">P.O. BOX 4923,Durban.4000 
+Postal Code 077191
+RO.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Unit 32-06,  mTower
+460 Alexandra Road
+Singapore 119963</t>
+  </si>
+  <si>
+    <t>Magnum ICC Singapore Pte. Ltd
+Unit 32-06,  mTower
+460 Alexandra Road
+Singapore 119963
+Email Address: SG.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Bottova 6067/1, 811 09 Bratislava – mestská časť Staré mesto
+Slovak Republic</t>
+  </si>
+  <si>
+    <t>Iron Mountain Slovakia, s.r.o
+Ref.: Unilever SR, Na Pántoch 18
+LC Rača
+831 06 Bratislava 
+SK.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>P.O. BOX 4923,Durban.4000 
 Follow the email instructions, and then send to:
 Local vendors - ulsa.scanning@unilever.com 
-Foreign vendors -  umdca.scanning@unilever.com </t>
+Foreign vendors -  umdca.scanning@unilever.com 
+ZAF.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Apartado de Correos 24127 
+28080 Madrid 
+España
+ES.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Röntgenvägen 3 D, 171 54 Solna, Sweden</t>
+  </si>
+  <si>
+    <t>The Magnum Ice Cream Company Sweden Sales - MSO
+Box 1220
+171 24 Solna, 
+Sweden
+SE.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>2592/SE12</t>
+  </si>
+  <si>
+    <t>Magnum ICC Sweden Supply AB</t>
+  </si>
+  <si>
+    <t>Box 1220 171 24 Solna, Sweden</t>
+  </si>
+  <si>
+    <t>TradeShift</t>
+  </si>
+  <si>
+    <t>Magnum ICC Sweden Supply AB
+Box 1220 171 24 Solna, Sweden
+SE.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>SE556038257301</t>
+  </si>
+  <si>
+    <t>Spitalstrasse 5
+CH-8200 Schaffhausen / Switzerland
+MWST-Nummer: CH-165.249.344
+CH.AP@unilever.com</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Hard copy </t>
+  </si>
+  <si>
+    <t xml:space="preserve">English: 9/22 Moo2 Charansanitwong Rd, Bangkruai , Nonthaburi 11130, Bangkok
+Thai: บริษัทไซมิส อินเตอร์คอม จำกัด สาขาพระราม7   
+9/22 หมู่ที่2 ถ.จรัญสนิทวงศ์ ต.บางกรวย อ.บางกรวย จ.นนทบุรี 11130
+Email Address (Applicable to Foreign Invoices): TH.AP@unilever.com </t>
+  </si>
+  <si>
+    <t xml:space="preserve">105567235746
+</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Magnum Dondurma AS
+İnkılap Mahallesi Dr. Adnan Büyükdeniz Caddesi No: 13 34768 Umraniye Istanbul Turkey </t>
+  </si>
+  <si>
+    <t>Magnum ICC General Trading LLC
+PO Box:49
+OFIS Building 1ST Floor Karama, Dubai
+ Tel: 04-5098688
+E-Mail Address for scanning invoices: 
+ARE.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>105037061600003</t>
+  </si>
+  <si>
+    <t>Lever House,
+3 St James Road,
+Kingston-upon-Thames, KT1 2BA, United Kingdom</t>
+  </si>
+  <si>
+    <t>Magnum ICC UK Ltd
+Accounts Payable, Mail-Point 13930, Magna Park North, Lutterworth. LE17 4EU
+UK.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Corinium Ave, 
+Gloucester GL4 3BW, 
+United Kingdom</t>
+  </si>
+  <si>
+    <t>Magnum ICC UK Supply Ltd
+Accounts Payable, Mailpoint 14230, MPN2, Magna Park North, Lutterworth. LE17 4EU
+UK.AP@unilever.com</t>
+  </si>
+  <si>
+    <t>Colworth Science Park,
+Sharnbrook,
+Bedfordshire MK44 1LQ, United Kingdom</t>
+  </si>
+  <si>
+    <t>Magnum ICC UK R&amp;D Ltd
+Accounts Payable, Mail-Point 13598, MPN2, Magna Park North, Lutterworth. LE17 4EU, United Kingdom
+Tax ID Number:  GB243359756
+UK.AP@unilever.com</t>
   </si>
   <si>
     <t>30 Community Drive South Burlington, Vermont 05403 United States</t>
   </si>
   <si>
-    <t>Østergade 53-55, 1100 København K, Denmark</t>
-[...22 lines deleted...]
-</t>
+    <t>PO BOX 210456 Dallas, TX 75211 USA
+USA.AP@Unilever.com</t>
+  </si>
+  <si>
+    <t>Spitalstrasse 5
+CH-8200 Schaffhausen / Switzerland
+MWST-Nummer: CH-165.249.344</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="27" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
@@ -3704,51 +3875,51 @@
       <right style="medium">
         <color theme="0" tint="-0.24994659260841701"/>
       </right>
       <top/>
       <bottom style="medium">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="0" tint="-0.24994659260841701"/>
       </left>
       <right/>
       <top/>
       <bottom style="medium">
         <color theme="0" tint="-0.24994659260841701"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="167">
+  <cellXfs count="168">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
@@ -4106,50 +4277,53 @@
     </xf>
     <xf numFmtId="0" fontId="24" fillId="29" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="28" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="30" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="26" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="22" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="22" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="27" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="31" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="9" fillId="27" borderId="31" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -4269,50 +4443,275 @@
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>1109382</xdr:colOff>
       <xdr:row>31</xdr:row>
       <xdr:rowOff>302559</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="184731" cy="564193"/>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="4" name="TextBox 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{04E63923-7083-41D3-A9BD-F8A1CD906FA7}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr txBox="1"/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="11228294" y="6275294"/>
+          <a:ext cx="184731" cy="564193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="3200" dirty="0" err="1">
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1109382</xdr:colOff>
+      <xdr:row>32</xdr:row>
+      <xdr:rowOff>302559</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="564193"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="5" name="TextBox 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A75B5EA0-9A20-47DD-8CF3-1C2C38B63515}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11161058" y="1075765"/>
+          <a:ext cx="184731" cy="564193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="3200" dirty="0" err="1">
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1109382</xdr:colOff>
+      <xdr:row>15</xdr:row>
+      <xdr:rowOff>302559</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="564193"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="6" name="TextBox 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{154DA4FC-CF60-4E05-ACB6-DE342513A92D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11161058" y="1075765"/>
+          <a:ext cx="184731" cy="564193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="3200" dirty="0" err="1">
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1109382</xdr:colOff>
+      <xdr:row>33</xdr:row>
+      <xdr:rowOff>302559</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="564193"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="7" name="TextBox 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E892E36-33C0-4643-BAC4-FB62201047C5}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11161058" y="1075765"/>
+          <a:ext cx="184731" cy="564193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="3200" dirty="0" err="1">
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1109382</xdr:colOff>
+      <xdr:row>16</xdr:row>
+      <xdr:rowOff>302559</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="564193"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="8" name="TextBox 7">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AC923F4E-A069-45B2-980A-7AA035B96447}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11161058" y="1075765"/>
+          <a:ext cx="184731" cy="564193"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+      </xdr:spPr>
+      <xdr:txBody>
+        <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
+          <a:spAutoFit/>
+        </a:bodyPr>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:endParaRPr lang="en-GB" sz="3200" dirty="0" err="1">
+            <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+          </a:endParaRPr>
+        </a:p>
+      </xdr:txBody>
+    </xdr:sp>
+    <xdr:clientData/>
+  </xdr:oneCellAnchor>
+  <xdr:oneCellAnchor>
+    <xdr:from>
+      <xdr:col>6</xdr:col>
+      <xdr:colOff>1109382</xdr:colOff>
+      <xdr:row>34</xdr:row>
+      <xdr:rowOff>302559</xdr:rowOff>
+    </xdr:from>
+    <xdr:ext cx="184731" cy="564193"/>
+    <xdr:sp macro="" textlink="">
+      <xdr:nvSpPr>
+        <xdr:cNvPr id="9" name="TextBox 8">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{79B25745-0A82-4D8C-8B07-0A229D58AC43}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvSpPr txBox="1"/>
+      </xdr:nvSpPr>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="11161058" y="1075765"/>
           <a:ext cx="184731" cy="564193"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
       </xdr:spPr>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" wrap="none" rtlCol="0" anchor="t">
           <a:spAutoFit/>
         </a:bodyPr>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr lang="en-GB" sz="3200" dirty="0" err="1">
             <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
           </a:endParaRPr>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
@@ -4643,435 +5042,435 @@
       </a:lstStyle>
     </a:txDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="TMICC theme" id="{24934263-3A6B-48C5-92A7-4D476EE34EBC}" vid="{F1C854C2-BF75-4DC8-BA57-F95C03A0A5B8}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-SG.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-UAPL.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-KH.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-TH.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IDUOI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-NZ.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-PH.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-MY.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-MM.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-LA.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-SEAA-IC.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-NZ.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-MY.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IDULI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-PH.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-MM.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-LA.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-IDUOI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-SEAA-IC.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-AU.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:UAPL.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-IDULI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-VN.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-UAPL.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-KH.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-AU.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-SG.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-IDULI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:UAT-TH.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-IDUOI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:SIT-VN.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:lovely.serrano@unilever.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AU.AP@unilever.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IDULI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AU.AP@unilever.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IBMUNNL_Priority@emea.ironmountain.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrpting@cn.ibm.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrpting@cn.ibm.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AU.AP@unilever.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IDULI.Invoicereceipt@unilever.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:AU.AP@unilever.com" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:IBMUNNL_Priority@emea.ironmountain.com" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrpting@cn.ibm.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ulrpting@cn.ibm.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.Meimeti@unilever.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ULMXFC.scanning@unilever.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:anna.Meimeti@unilever.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D78D1542-EFBA-4030-BF19-3E1A32FE099D}">
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="1" topLeftCell="A18" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C4" sqref="C4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="13.42578125" customWidth="1"/>
     <col min="2" max="2" width="18.42578125" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="16.42578125" customWidth="1"/>
     <col min="5" max="5" width="30.5703125" customWidth="1"/>
     <col min="6" max="6" width="21" customWidth="1"/>
     <col min="7" max="7" width="21.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="2" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="3" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="3" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="3" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7" ht="39" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B2" s="143" t="s">
+      <c r="B2" s="144" t="s">
         <v>8</v>
       </c>
       <c r="C2" s="6" t="s">
         <v>9</v>
       </c>
       <c r="D2" s="7" t="s">
         <v>10</v>
       </c>
       <c r="E2" s="8" t="s">
         <v>11</v>
       </c>
       <c r="F2" s="7" t="s">
         <v>12</v>
       </c>
       <c r="G2" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="3" spans="1:7" ht="53.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B3" s="143"/>
+      <c r="B3" s="144"/>
       <c r="C3" s="11" t="s">
         <v>14</v>
       </c>
       <c r="D3" s="11" t="s">
         <v>10</v>
       </c>
       <c r="E3" s="12" t="s">
         <v>15</v>
       </c>
       <c r="F3" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G3" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:7" ht="50.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B4" s="143"/>
+      <c r="B4" s="144"/>
       <c r="C4" s="12" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="14" t="s">
         <v>17</v>
       </c>
       <c r="E4" s="14" t="s">
         <v>18</v>
       </c>
       <c r="F4" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G4" s="9" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:7" ht="72.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B5" s="143"/>
+      <c r="B5" s="144"/>
       <c r="C5" s="12" t="s">
         <v>19</v>
       </c>
       <c r="D5" s="15" t="s">
         <v>20</v>
       </c>
       <c r="E5" s="12" t="s">
         <v>21</v>
       </c>
       <c r="F5" s="11" t="s">
         <v>22</v>
       </c>
       <c r="G5" s="16" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:7" ht="60.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B6" s="144"/>
+      <c r="B6" s="145"/>
       <c r="C6" s="17" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="14" t="s">
         <v>25</v>
       </c>
       <c r="E6" s="14" t="s">
         <v>26</v>
       </c>
       <c r="F6" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G6" s="18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:7" s="25" customFormat="1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="19"/>
       <c r="B7" s="20"/>
       <c r="C7" s="21"/>
       <c r="D7" s="22"/>
       <c r="E7" s="22"/>
       <c r="F7" s="23"/>
       <c r="G7" s="24"/>
     </row>
     <row r="8" spans="1:7" ht="72.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B8" s="145" t="s">
+      <c r="B8" s="146" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="6" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="14" t="s">
         <v>30</v>
       </c>
       <c r="E8" s="14" t="s">
         <v>31</v>
       </c>
       <c r="F8" s="14" t="s">
         <v>32</v>
       </c>
       <c r="G8" s="26" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:7" ht="84.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B9" s="146"/>
+      <c r="B9" s="147"/>
       <c r="C9" s="10" t="s">
         <v>34</v>
       </c>
       <c r="D9" s="14" t="s">
         <v>30</v>
       </c>
       <c r="E9" s="14" t="s">
         <v>35</v>
       </c>
       <c r="F9" s="14" t="s">
         <v>36</v>
       </c>
       <c r="G9" s="28" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="10" spans="1:7" ht="107.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="146"/>
+      <c r="B10" s="147"/>
       <c r="C10" s="10" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="29" t="s">
         <v>30</v>
       </c>
       <c r="E10" s="29" t="s">
         <v>31</v>
       </c>
       <c r="F10" s="12" t="s">
         <v>39</v>
       </c>
       <c r="G10" s="30" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="11" spans="1:7" ht="92.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B11" s="146"/>
+      <c r="B11" s="147"/>
       <c r="C11" s="10" t="s">
         <v>9</v>
       </c>
       <c r="D11" s="10" t="s">
         <v>30</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>11</v>
       </c>
       <c r="F11" s="6" t="s">
         <v>41</v>
       </c>
       <c r="G11" s="10" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:7" ht="71.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="5" t="s">
         <v>7</v>
       </c>
-      <c r="B12" s="146"/>
+      <c r="B12" s="147"/>
       <c r="C12" s="10" t="s">
         <v>43</v>
       </c>
       <c r="D12" s="8" t="s">
         <v>30</v>
       </c>
       <c r="E12" s="29"/>
       <c r="F12" s="31" t="s">
         <v>44</v>
       </c>
       <c r="G12" s="29"/>
     </row>
     <row r="13" spans="1:7" ht="106.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="32" t="s">
         <v>7</v>
       </c>
-      <c r="B13" s="146"/>
+      <c r="B13" s="147"/>
       <c r="C13" s="13" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="29" t="s">
         <v>30</v>
       </c>
       <c r="E13" s="18"/>
       <c r="F13" s="27" t="s">
         <v>41</v>
       </c>
       <c r="G13" s="27"/>
     </row>
     <row r="14" spans="1:7" s="37" customFormat="1" ht="26.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="19"/>
       <c r="B14" s="33"/>
       <c r="C14" s="34"/>
       <c r="D14" s="35"/>
       <c r="E14" s="24"/>
       <c r="F14" s="36"/>
       <c r="G14" s="36"/>
     </row>
     <row r="15" spans="1:7" ht="31.5" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A15" s="38" t="s">
         <v>7</v>
       </c>
-      <c r="B15" s="147" t="s">
+      <c r="B15" s="148" t="s">
         <v>46</v>
       </c>
       <c r="C15" s="39" t="s">
         <v>47</v>
       </c>
-      <c r="D15" s="150" t="s">
+      <c r="D15" s="151" t="s">
         <v>30</v>
       </c>
       <c r="E15" s="40"/>
       <c r="F15" s="41"/>
       <c r="G15" s="40" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="16" spans="1:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A16" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="B16" s="148"/>
+      <c r="B16" s="149"/>
       <c r="C16" s="43" t="s">
         <v>49</v>
       </c>
-      <c r="D16" s="151"/>
+      <c r="D16" s="152"/>
       <c r="E16" s="44" t="s">
         <v>50</v>
       </c>
       <c r="F16" s="45"/>
       <c r="G16" s="46" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="17" spans="1:7" ht="84.75" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A17" s="42" t="s">
         <v>7</v>
       </c>
-      <c r="B17" s="148"/>
+      <c r="B17" s="149"/>
       <c r="C17" s="43" t="s">
         <v>51</v>
       </c>
-      <c r="D17" s="151"/>
+      <c r="D17" s="152"/>
       <c r="E17" s="44" t="s">
         <v>50</v>
       </c>
       <c r="F17" s="45"/>
       <c r="G17" s="46" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="18" spans="1:7" ht="184.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="47" t="s">
         <v>7</v>
       </c>
-      <c r="B18" s="148"/>
+      <c r="B18" s="149"/>
       <c r="C18" s="48" t="s">
         <v>52</v>
       </c>
-      <c r="D18" s="151"/>
+      <c r="D18" s="152"/>
       <c r="E18" s="49" t="s">
         <v>53</v>
       </c>
       <c r="F18" s="49" t="s">
         <v>12</v>
       </c>
       <c r="G18" s="50" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="51"/>
-      <c r="B19" s="149"/>
+      <c r="B19" s="150"/>
       <c r="C19" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="D19" s="151"/>
+      <c r="D19" s="152"/>
       <c r="E19" s="52"/>
       <c r="F19" s="31"/>
       <c r="G19" s="53"/>
     </row>
     <row r="20" spans="1:7" ht="35.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="51" t="s">
         <v>7</v>
       </c>
       <c r="B20" s="54" t="s">
         <v>56</v>
       </c>
       <c r="C20" s="27" t="s">
         <v>55</v>
       </c>
-      <c r="D20" s="151"/>
+      <c r="D20" s="152"/>
       <c r="E20" s="55"/>
       <c r="F20" s="56"/>
       <c r="G20" s="57"/>
     </row>
     <row r="21" spans="1:7" ht="96.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B21" s="59" t="s">
         <v>57</v>
       </c>
       <c r="C21" s="6" t="s">
         <v>43</v>
       </c>
       <c r="D21" s="60" t="s">
         <v>58</v>
       </c>
       <c r="E21" s="61"/>
       <c r="F21" s="62" t="s">
         <v>12</v>
       </c>
       <c r="G21" s="63" t="s">
         <v>31</v>
       </c>
     </row>
@@ -5639,95 +6038,95 @@
     <col min="10" max="11" width="17.7109375" customWidth="1"/>
     <col min="12" max="12" width="34.140625" customWidth="1"/>
     <col min="13" max="13" width="49.85546875" style="74" customWidth="1"/>
     <col min="14" max="14" width="48.42578125" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" customWidth="1"/>
     <col min="16" max="16" width="36.42578125" customWidth="1"/>
     <col min="17" max="17" width="17.140625" customWidth="1"/>
     <col min="18" max="18" width="13" customWidth="1"/>
     <col min="19" max="20" width="24.5703125" customWidth="1"/>
     <col min="21" max="21" width="13" customWidth="1"/>
     <col min="22" max="22" width="15.28515625" customWidth="1"/>
     <col min="23" max="23" width="18.42578125" customWidth="1"/>
     <col min="24" max="24" width="15" customWidth="1"/>
     <col min="25" max="25" width="24.85546875" customWidth="1"/>
     <col min="26" max="26" width="24.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="110" t="s">
         <v>131</v>
       </c>
       <c r="B1" s="111"/>
       <c r="D1" s="111"/>
       <c r="E1" s="111"/>
       <c r="F1" s="111"/>
-      <c r="G1" s="156" t="s">
+      <c r="G1" s="157" t="s">
         <v>132</v>
       </c>
-      <c r="H1" s="156"/>
-[...3 lines deleted...]
-      <c r="L1" s="157" t="s">
+      <c r="H1" s="157"/>
+      <c r="I1" s="157"/>
+      <c r="J1" s="157"/>
+      <c r="K1" s="157"/>
+      <c r="L1" s="158" t="s">
         <v>133</v>
       </c>
-      <c r="M1" s="158"/>
+      <c r="M1" s="159"/>
       <c r="N1" s="91"/>
-      <c r="O1" s="152" t="s">
+      <c r="O1" s="153" t="s">
         <v>134</v>
       </c>
-      <c r="P1" s="152"/>
-[...8 lines deleted...]
-      <c r="Y1" s="152"/>
+      <c r="P1" s="153"/>
+      <c r="Q1" s="153"/>
+      <c r="R1" s="153"/>
+      <c r="S1" s="153"/>
+      <c r="T1" s="153"/>
+      <c r="U1" s="153"/>
+      <c r="V1" s="153"/>
+      <c r="W1" s="153"/>
+      <c r="X1" s="153"/>
+      <c r="Y1" s="153"/>
     </row>
     <row r="2" spans="1:26" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="G2" s="156"/>
-[...5 lines deleted...]
-      <c r="M2" s="158"/>
+      <c r="G2" s="157"/>
+      <c r="H2" s="157"/>
+      <c r="I2" s="157"/>
+      <c r="J2" s="157"/>
+      <c r="K2" s="157"/>
+      <c r="L2" s="158"/>
+      <c r="M2" s="159"/>
       <c r="N2" s="90"/>
-      <c r="O2" s="153" t="s">
+      <c r="O2" s="154" t="s">
         <v>135</v>
       </c>
-      <c r="P2" s="154"/>
-[...1 lines deleted...]
-      <c r="R2" s="153" t="s">
+      <c r="P2" s="155"/>
+      <c r="Q2" s="156"/>
+      <c r="R2" s="154" t="s">
         <v>136</v>
       </c>
-      <c r="S2" s="154"/>
-      <c r="T2" s="155"/>
+      <c r="S2" s="155"/>
+      <c r="T2" s="156"/>
       <c r="U2" s="96" t="s">
         <v>46</v>
       </c>
       <c r="V2" s="96" t="s">
         <v>137</v>
       </c>
       <c r="W2" s="96" t="s">
         <v>138</v>
       </c>
       <c r="X2" s="96" t="s">
         <v>139</v>
       </c>
       <c r="Y2" s="96" t="s">
         <v>140</v>
       </c>
       <c r="Z2" s="96" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="3" spans="1:26" ht="38.25" x14ac:dyDescent="0.25">
       <c r="A3" s="97" t="s">
         <v>142</v>
       </c>
       <c r="B3" s="98" t="s">
         <v>143</v>
@@ -12314,95 +12713,95 @@
     <col min="10" max="11" width="17.7109375" customWidth="1"/>
     <col min="12" max="12" width="34.140625" customWidth="1"/>
     <col min="13" max="13" width="57.7109375" style="74" customWidth="1"/>
     <col min="14" max="14" width="48.42578125" hidden="1" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" hidden="1" customWidth="1"/>
     <col min="16" max="16" width="36.42578125" hidden="1" customWidth="1"/>
     <col min="17" max="17" width="17.140625" hidden="1" customWidth="1"/>
     <col min="18" max="18" width="13" customWidth="1"/>
     <col min="19" max="20" width="24.5703125" customWidth="1"/>
     <col min="21" max="21" width="13" customWidth="1"/>
     <col min="22" max="22" width="15.28515625" customWidth="1"/>
     <col min="23" max="23" width="18.42578125" customWidth="1"/>
     <col min="24" max="24" width="15" customWidth="1"/>
     <col min="25" max="25" width="24.85546875" customWidth="1"/>
     <col min="26" max="26" width="24.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26" ht="21" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A1" s="110" t="s">
         <v>131</v>
       </c>
       <c r="B1" s="111"/>
       <c r="D1" s="111"/>
       <c r="E1" s="111"/>
       <c r="F1" s="111"/>
-      <c r="G1" s="156" t="s">
+      <c r="G1" s="157" t="s">
         <v>132</v>
       </c>
-      <c r="H1" s="156"/>
-[...3 lines deleted...]
-      <c r="L1" s="157" t="s">
+      <c r="H1" s="157"/>
+      <c r="I1" s="157"/>
+      <c r="J1" s="157"/>
+      <c r="K1" s="157"/>
+      <c r="L1" s="158" t="s">
         <v>133</v>
       </c>
-      <c r="M1" s="158"/>
+      <c r="M1" s="159"/>
       <c r="N1" s="91"/>
-      <c r="O1" s="152" t="s">
+      <c r="O1" s="153" t="s">
         <v>134</v>
       </c>
-      <c r="P1" s="152"/>
-[...8 lines deleted...]
-      <c r="Y1" s="152"/>
+      <c r="P1" s="153"/>
+      <c r="Q1" s="153"/>
+      <c r="R1" s="153"/>
+      <c r="S1" s="153"/>
+      <c r="T1" s="153"/>
+      <c r="U1" s="153"/>
+      <c r="V1" s="153"/>
+      <c r="W1" s="153"/>
+      <c r="X1" s="153"/>
+      <c r="Y1" s="153"/>
     </row>
     <row r="2" spans="1:26" ht="21.6" customHeight="1" x14ac:dyDescent="0.35">
-      <c r="G2" s="156"/>
-[...5 lines deleted...]
-      <c r="M2" s="158"/>
+      <c r="G2" s="157"/>
+      <c r="H2" s="157"/>
+      <c r="I2" s="157"/>
+      <c r="J2" s="157"/>
+      <c r="K2" s="157"/>
+      <c r="L2" s="158"/>
+      <c r="M2" s="159"/>
       <c r="N2" s="90"/>
-      <c r="O2" s="153" t="s">
+      <c r="O2" s="154" t="s">
         <v>135</v>
       </c>
-      <c r="P2" s="154"/>
-[...1 lines deleted...]
-      <c r="R2" s="153" t="s">
+      <c r="P2" s="155"/>
+      <c r="Q2" s="156"/>
+      <c r="R2" s="154" t="s">
         <v>136</v>
       </c>
-      <c r="S2" s="154"/>
-      <c r="T2" s="155"/>
+      <c r="S2" s="155"/>
+      <c r="T2" s="156"/>
       <c r="U2" s="96" t="s">
         <v>46</v>
       </c>
       <c r="V2" s="96" t="s">
         <v>137</v>
       </c>
       <c r="W2" s="96" t="s">
         <v>138</v>
       </c>
       <c r="X2" s="96" t="s">
         <v>139</v>
       </c>
       <c r="Y2" s="96" t="s">
         <v>140</v>
       </c>
       <c r="Z2" s="96" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="3" spans="1:26" ht="30" x14ac:dyDescent="0.25">
       <c r="A3" s="97" t="s">
         <v>142</v>
       </c>
       <c r="B3" s="98" t="s">
         <v>143</v>
@@ -18946,2364 +19345,2419 @@
   </autoFilter>
   <mergeCells count="5">
     <mergeCell ref="G1:K2"/>
     <mergeCell ref="L1:M2"/>
     <mergeCell ref="O1:Y1"/>
     <mergeCell ref="O2:Q2"/>
     <mergeCell ref="R2:T2"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="S4" r:id="rId1" xr:uid="{83516571-A71F-4BA8-BEB0-FC1D3C6FE509}"/>
     <hyperlink ref="S27" r:id="rId2" display="mailto:IDULI.Invoicereceipt@unilever.com" xr:uid="{AAB8C2D0-5F7E-487D-9F11-AD786D383AC0}"/>
     <hyperlink ref="S82" r:id="rId3" xr:uid="{B22C07F6-2194-4826-8E95-08F6BBB152FC}"/>
     <hyperlink ref="S13" r:id="rId4" xr:uid="{5819F36A-1C4B-4275-A99E-6C51583F27A1}"/>
     <hyperlink ref="S12" r:id="rId5" xr:uid="{6901D8E1-AB12-4121-95BF-748598CE89E7}"/>
     <hyperlink ref="S37" r:id="rId6" xr:uid="{68BADECF-C37D-4DA8-93C3-0826893A07EE}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0953C613-7F6C-457C-AE45-7FAE8526C1E4}">
   <dimension ref="A1:J68"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
-      <pane ySplit="2" topLeftCell="A3" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="C8" sqref="C8"/>
+      <pane ySplit="2" topLeftCell="A56" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="D60" sqref="D60"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="16.140625" style="129" customWidth="1"/>
     <col min="2" max="2" width="16.140625" style="130" customWidth="1"/>
     <col min="3" max="3" width="19.42578125" style="119" customWidth="1"/>
     <col min="4" max="4" width="38.140625" style="119" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" style="119" customWidth="1"/>
     <col min="6" max="6" width="30" style="119" customWidth="1"/>
     <col min="7" max="7" width="70.5703125" style="119" customWidth="1"/>
     <col min="8" max="8" width="19.42578125" style="131" customWidth="1"/>
     <col min="9" max="9" width="19.140625" style="131" customWidth="1"/>
     <col min="10" max="10" width="28.7109375" style="131" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="21" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="162"/>
-[...12 lines deleted...]
-      <c r="J1" s="166"/>
+      <c r="A1" s="163"/>
+      <c r="B1" s="163"/>
+      <c r="C1" s="163"/>
+      <c r="D1" s="164"/>
+      <c r="E1" s="160" t="s">
+        <v>646</v>
+      </c>
+      <c r="F1" s="161"/>
+      <c r="G1" s="162"/>
+      <c r="H1" s="165" t="s">
+        <v>647</v>
+      </c>
+      <c r="I1" s="166"/>
+      <c r="J1" s="167"/>
     </row>
     <row r="2" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A2" s="132" t="s">
         <v>2</v>
       </c>
       <c r="B2" s="133" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="C2" s="134" t="s">
-        <v>682</v>
+        <v>649</v>
       </c>
       <c r="D2" s="120" t="s">
-        <v>681</v>
+        <v>650</v>
       </c>
       <c r="E2" s="135" t="s">
-        <v>686</v>
+        <v>651</v>
       </c>
       <c r="F2" s="135" t="s">
-        <v>669</v>
+        <v>652</v>
       </c>
       <c r="G2" s="136" t="s">
-        <v>675</v>
+        <v>653</v>
       </c>
       <c r="H2" s="137" t="s">
         <v>149</v>
       </c>
       <c r="I2" s="137" t="s">
         <v>150</v>
       </c>
       <c r="J2" s="137" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="121" t="s">
         <v>70</v>
       </c>
       <c r="B3" s="122">
         <v>5493</v>
       </c>
       <c r="C3" s="121" t="s">
         <v>160</v>
       </c>
       <c r="D3" s="123" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="E3" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F3" s="125" t="s">
         <v>168</v>
       </c>
-      <c r="G3" s="125" t="s">
-        <v>706</v>
+      <c r="G3" s="141" t="s">
+        <v>656</v>
       </c>
       <c r="H3" s="138" t="s">
         <v>165</v>
       </c>
       <c r="I3" s="138" t="s">
         <v>166</v>
       </c>
       <c r="J3" s="138">
         <v>86147522638</v>
       </c>
     </row>
-    <row r="4" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A4" s="121" t="s">
         <v>70</v>
       </c>
       <c r="B4" s="122">
         <v>6288</v>
       </c>
       <c r="C4" s="121" t="s">
         <v>628</v>
       </c>
       <c r="D4" s="123" t="s">
-        <v>629</v>
+        <v>654</v>
       </c>
       <c r="E4" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F4" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G4" s="141" t="s">
-        <v>707</v>
+        <v>657</v>
       </c>
       <c r="H4" s="138" t="s">
         <v>630</v>
       </c>
       <c r="I4" s="138" t="s">
         <v>631</v>
       </c>
       <c r="J4" s="138" t="s">
         <v>632</v>
       </c>
     </row>
-    <row r="5" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="121" t="s">
         <v>171</v>
       </c>
       <c r="B5" s="122">
         <v>6284</v>
       </c>
       <c r="C5" s="121" t="s">
         <v>181</v>
       </c>
       <c r="D5" s="123" t="s">
-        <v>182</v>
+        <v>658</v>
       </c>
       <c r="E5" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F5" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G5" s="125" t="s">
-        <v>688</v>
+        <v>659</v>
       </c>
       <c r="H5" s="138" t="s">
         <v>183</v>
       </c>
       <c r="I5" s="138" t="s">
         <v>184</v>
       </c>
       <c r="J5" s="138" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="6" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="121" t="s">
         <v>188</v>
       </c>
       <c r="B6" s="122">
         <v>6219</v>
       </c>
       <c r="C6" s="121" t="s">
         <v>189</v>
       </c>
       <c r="D6" s="123" t="s">
-        <v>663</v>
+        <v>660</v>
       </c>
       <c r="E6" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F6" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G6" s="141" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="H6" s="138" t="s">
         <v>191</v>
       </c>
       <c r="I6" s="138">
         <v>1021309337</v>
       </c>
       <c r="J6" s="138" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="121" t="s">
         <v>198</v>
       </c>
       <c r="B7" s="122">
         <v>5454</v>
       </c>
       <c r="C7" s="121" t="s">
-        <v>724</v>
+        <v>662</v>
       </c>
       <c r="D7" s="123" t="s">
         <v>202</v>
       </c>
       <c r="E7" s="125" t="s">
-        <v>699</v>
+        <v>663</v>
       </c>
       <c r="F7" s="125" t="s">
-        <v>694</v>
+        <v>664</v>
       </c>
       <c r="G7" s="141" t="s">
         <v>168</v>
       </c>
       <c r="H7" s="138" t="s">
         <v>203</v>
       </c>
       <c r="I7" s="138" t="s">
         <v>204</v>
       </c>
       <c r="J7" s="138" t="s">
-        <v>679</v>
+        <v>665</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="121" t="s">
         <v>198</v>
       </c>
       <c r="B8" s="122">
         <v>6266</v>
       </c>
       <c r="C8" s="121" t="s">
         <v>208</v>
       </c>
       <c r="D8" s="123" t="s">
         <v>209</v>
       </c>
       <c r="E8" s="125" t="s">
-        <v>699</v>
+        <v>663</v>
       </c>
       <c r="F8" s="125" t="s">
-        <v>694</v>
+        <v>664</v>
       </c>
       <c r="G8" s="141" t="s">
         <v>168</v>
       </c>
       <c r="H8" s="138" t="s">
         <v>210</v>
       </c>
       <c r="I8" s="138" t="s">
         <v>211</v>
       </c>
       <c r="J8" s="138" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="139" t="s">
         <v>218</v>
       </c>
       <c r="B9" s="122">
         <v>6221</v>
       </c>
       <c r="C9" s="139" t="s">
         <v>220</v>
       </c>
       <c r="D9" s="124" t="s">
         <v>221</v>
       </c>
       <c r="E9" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F9" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G9" s="125" t="s">
-        <v>226</v>
+        <v>666</v>
       </c>
       <c r="H9" s="138" t="s">
         <v>222</v>
       </c>
       <c r="I9" s="138" t="s">
         <v>223</v>
       </c>
       <c r="J9" s="138" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="121" t="s">
         <v>228</v>
       </c>
       <c r="B10" s="122">
         <v>3065</v>
       </c>
       <c r="C10" s="121" t="s">
         <v>227</v>
       </c>
       <c r="D10" s="123" t="s">
         <v>230</v>
       </c>
       <c r="E10" s="125" t="s">
-        <v>699</v>
+        <v>663</v>
       </c>
       <c r="F10" s="125" t="s">
-        <v>696</v>
+        <v>667</v>
       </c>
       <c r="G10" s="141" t="s">
-        <v>702</v>
+        <v>668</v>
       </c>
       <c r="H10" s="138" t="s">
         <v>231</v>
       </c>
       <c r="I10" s="138">
         <v>0</v>
       </c>
       <c r="J10" s="138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="121" t="s">
         <v>228</v>
       </c>
       <c r="B11" s="122">
         <v>6223</v>
       </c>
       <c r="C11" s="121" t="s">
         <v>237</v>
       </c>
       <c r="D11" s="123" t="s">
         <v>238</v>
       </c>
       <c r="E11" s="125" t="s">
-        <v>699</v>
+        <v>663</v>
       </c>
       <c r="F11" s="125" t="s">
-        <v>697</v>
+        <v>669</v>
       </c>
       <c r="G11" s="125" t="s">
-        <v>702</v>
+        <v>668</v>
       </c>
       <c r="H11" s="138" t="s">
         <v>239</v>
       </c>
       <c r="I11" s="138" t="s">
         <v>239</v>
       </c>
       <c r="J11" s="138" t="s">
         <v>239</v>
       </c>
     </row>
-    <row r="12" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="121" t="s">
         <v>241</v>
       </c>
       <c r="B12" s="122">
         <v>6224</v>
       </c>
       <c r="C12" s="121" t="s">
         <v>242</v>
       </c>
       <c r="D12" s="123" t="s">
         <v>243</v>
       </c>
       <c r="E12" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F12" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G12" s="141" t="s">
-        <v>689</v>
+        <v>670</v>
       </c>
       <c r="H12" s="138" t="s">
         <v>244</v>
       </c>
       <c r="I12" s="138" t="s">
         <v>245</v>
       </c>
       <c r="J12" s="138" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="13" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="121" t="s">
         <v>249</v>
       </c>
       <c r="B13" s="122">
         <v>6225</v>
       </c>
       <c r="C13" s="121" t="s">
         <v>250</v>
       </c>
       <c r="D13" s="123" t="s">
-        <v>717</v>
+        <v>671</v>
       </c>
       <c r="E13" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F13" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G13" s="125" t="s">
-        <v>718</v>
+        <v>672</v>
       </c>
       <c r="H13" s="138" t="s">
         <v>252</v>
       </c>
       <c r="I13" s="138">
         <v>45347648</v>
       </c>
       <c r="J13" s="138" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="158.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="121" t="s">
         <v>257</v>
       </c>
       <c r="B14" s="122">
         <v>6226</v>
       </c>
       <c r="C14" s="121" t="s">
         <v>258</v>
       </c>
       <c r="D14" s="123" t="s">
         <v>259</v>
       </c>
       <c r="E14" s="125" t="s">
-        <v>699</v>
+        <v>663</v>
       </c>
       <c r="F14" s="125" t="s">
-        <v>695</v>
+        <v>673</v>
       </c>
       <c r="G14" s="125" t="s">
         <v>168</v>
       </c>
       <c r="H14" s="138" t="s">
         <v>260</v>
       </c>
       <c r="I14" s="138" t="s">
-        <v>677</v>
+        <v>674</v>
       </c>
       <c r="J14" s="138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="15" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="121" t="s">
         <v>264</v>
       </c>
       <c r="B15" s="122">
         <v>6227</v>
       </c>
       <c r="C15" s="121" t="s">
         <v>265</v>
       </c>
       <c r="D15" s="123" t="s">
-        <v>666</v>
+        <v>675</v>
       </c>
       <c r="E15" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F15" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G15" s="125" t="s">
-        <v>269</v>
+        <v>676</v>
       </c>
       <c r="H15" s="138" t="s">
         <v>267</v>
       </c>
       <c r="I15" s="138" t="s">
         <v>267</v>
       </c>
       <c r="J15" s="138" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="121" t="s">
         <v>272</v>
       </c>
       <c r="B16" s="122">
         <v>2259</v>
       </c>
       <c r="C16" s="121" t="s">
         <v>271</v>
       </c>
       <c r="D16" s="123" t="s">
         <v>274</v>
       </c>
       <c r="E16" s="125" t="s">
-        <v>705</v>
+        <v>677</v>
       </c>
       <c r="F16" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G16" s="125" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="H16" s="138" t="s">
         <v>275</v>
       </c>
       <c r="I16" s="138" t="s">
         <v>276</v>
       </c>
       <c r="J16" s="138" t="s">
-        <v>671</v>
-[...2 lines deleted...]
-    <row r="17" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="121" t="s">
         <v>272</v>
       </c>
       <c r="B17" s="122">
         <v>6228</v>
       </c>
       <c r="C17" s="121" t="s">
         <v>285</v>
       </c>
       <c r="D17" s="123" t="s">
         <v>286</v>
       </c>
       <c r="E17" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F17" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G17" s="125" t="s">
-        <v>277</v>
+        <v>680</v>
       </c>
       <c r="H17" s="138" t="s">
         <v>287</v>
       </c>
       <c r="I17" s="138" t="s">
         <v>168</v>
       </c>
       <c r="J17" s="138" t="s">
-        <v>659</v>
+        <v>681</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="121" t="s">
         <v>289</v>
       </c>
       <c r="B18" s="122">
         <v>6229</v>
       </c>
       <c r="C18" s="121" t="s">
         <v>290</v>
       </c>
       <c r="D18" s="123" t="s">
         <v>291</v>
       </c>
       <c r="E18" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F18" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G18" s="125" t="s">
-        <v>294</v>
+        <v>682</v>
       </c>
       <c r="H18" s="138" t="s">
         <v>292</v>
       </c>
       <c r="I18" s="138" t="s">
         <v>293</v>
       </c>
       <c r="J18" s="138" t="s">
-        <v>660</v>
+        <v>683</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="121" t="s">
         <v>289</v>
       </c>
       <c r="B19" s="122">
         <v>6230</v>
       </c>
       <c r="C19" s="121" t="s">
         <v>296</v>
       </c>
       <c r="D19" s="123" t="s">
         <v>297</v>
       </c>
       <c r="E19" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F19" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G19" s="125" t="s">
-        <v>294</v>
+        <v>682</v>
       </c>
       <c r="H19" s="138" t="s">
         <v>298</v>
       </c>
       <c r="I19" s="138" t="s">
-        <v>646</v>
+        <v>684</v>
       </c>
       <c r="J19" s="138" t="s">
-        <v>647</v>
+        <v>685</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="121" t="s">
-        <v>648</v>
+        <v>686</v>
       </c>
       <c r="B20" s="122">
         <v>6231</v>
       </c>
       <c r="C20" s="121" t="s">
         <v>301</v>
       </c>
       <c r="D20" s="123" t="s">
         <v>302</v>
       </c>
       <c r="E20" s="125" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="F20" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G20" s="125" t="s">
-        <v>691</v>
+        <v>688</v>
       </c>
       <c r="H20" s="138" t="s">
         <v>303</v>
       </c>
       <c r="I20" s="138">
         <v>802829332</v>
       </c>
       <c r="J20" s="138" t="s">
         <v>304</v>
       </c>
     </row>
-    <row r="21" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="126" t="s">
         <v>306</v>
       </c>
       <c r="B21" s="127">
         <v>6232</v>
       </c>
       <c r="C21" s="126" t="s">
-        <v>307</v>
+        <v>689</v>
       </c>
       <c r="D21" s="128" t="s">
         <v>308</v>
       </c>
       <c r="E21" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F21" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G21" s="125" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="H21" s="138" t="s">
         <v>309</v>
       </c>
       <c r="I21" s="138" t="s">
         <v>310</v>
       </c>
       <c r="J21" s="138" t="s">
         <v>311</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="126" t="s">
         <v>306</v>
       </c>
       <c r="B22" s="127">
         <v>6233</v>
       </c>
       <c r="C22" s="126" t="s">
-        <v>314</v>
+        <v>691</v>
       </c>
       <c r="D22" s="128" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="E22" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F22" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G22" s="125" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="H22" s="138" t="s">
         <v>315</v>
       </c>
       <c r="I22" s="138" t="s">
         <v>316</v>
       </c>
       <c r="J22" s="138" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="139" t="s">
         <v>319</v>
       </c>
       <c r="B23" s="122">
         <v>6267</v>
       </c>
       <c r="C23" s="139" t="s">
-        <v>322</v>
+        <v>693</v>
       </c>
       <c r="D23" s="124" t="s">
         <v>323</v>
       </c>
       <c r="E23" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F23" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G23" s="125" t="s">
         <v>326</v>
       </c>
       <c r="H23" s="138" t="s">
         <v>324</v>
       </c>
       <c r="I23" s="138" t="s">
         <v>325</v>
       </c>
       <c r="J23" s="138" t="s">
-        <v>661</v>
+        <v>694</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="139" t="s">
         <v>93</v>
       </c>
       <c r="B24" s="122">
         <v>6256</v>
       </c>
       <c r="C24" s="139" t="s">
         <v>329</v>
       </c>
       <c r="D24" s="124" t="s">
         <v>330</v>
       </c>
       <c r="E24" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F24" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G24" s="125" t="s">
-        <v>698</v>
+        <v>695</v>
       </c>
       <c r="H24" s="138" t="s">
         <v>168</v>
       </c>
       <c r="I24" s="138" t="s">
         <v>331</v>
       </c>
       <c r="J24" s="138" t="s">
-        <v>676</v>
+        <v>696</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="126" t="s">
         <v>334</v>
       </c>
       <c r="B25" s="127">
         <v>6235</v>
       </c>
       <c r="C25" s="126" t="s">
         <v>335</v>
       </c>
       <c r="D25" s="128" t="s">
         <v>336</v>
       </c>
       <c r="E25" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F25" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G25" s="125" t="s">
-        <v>340</v>
+        <v>697</v>
       </c>
       <c r="H25" s="138" t="s">
         <v>337</v>
       </c>
       <c r="I25" s="138" t="s">
         <v>338</v>
       </c>
       <c r="J25" s="138" t="s">
         <v>339</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="139" t="s">
         <v>343</v>
       </c>
       <c r="B26" s="122">
         <v>3144</v>
       </c>
       <c r="C26" s="139" t="s">
         <v>342</v>
       </c>
       <c r="D26" s="124" t="s">
-        <v>704</v>
+        <v>698</v>
       </c>
       <c r="E26" s="125" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="F26" s="125"/>
       <c r="G26" s="125" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="H26" s="138" t="s">
         <v>346</v>
       </c>
       <c r="I26" s="138" t="s">
         <v>347</v>
       </c>
       <c r="J26" s="138" t="s">
         <v>347</v>
       </c>
     </row>
-    <row r="27" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="126" t="s">
         <v>350</v>
       </c>
       <c r="B27" s="127">
         <v>6236</v>
       </c>
       <c r="C27" s="126" t="s">
         <v>355</v>
       </c>
-      <c r="D27" s="128" t="s">
-        <v>356</v>
+      <c r="D27" s="126" t="s">
+        <v>700</v>
       </c>
       <c r="E27" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F27" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G27" s="125" t="s">
-        <v>649</v>
+        <v>701</v>
       </c>
       <c r="H27" s="138" t="s">
         <v>357</v>
       </c>
       <c r="I27" s="138">
         <v>17989181007</v>
       </c>
       <c r="J27" s="138" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="28" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="126" t="s">
         <v>350</v>
       </c>
       <c r="B28" s="127">
         <v>6237</v>
       </c>
       <c r="C28" s="126" t="s">
         <v>362</v>
       </c>
-      <c r="D28" s="128" t="s">
-        <v>356</v>
+      <c r="D28" s="126" t="s">
+        <v>700</v>
       </c>
       <c r="E28" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F28" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G28" s="125" t="s">
-        <v>693</v>
+        <v>702</v>
       </c>
       <c r="H28" s="138" t="s">
         <v>363</v>
       </c>
       <c r="I28" s="138">
         <v>17988531004</v>
       </c>
       <c r="J28" s="138" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="139" t="s">
         <v>366</v>
       </c>
       <c r="B29" s="122">
         <v>6265</v>
       </c>
       <c r="C29" s="139" t="s">
         <v>368</v>
       </c>
       <c r="D29" s="124" t="s">
         <v>369</v>
       </c>
       <c r="E29" s="125" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="F29" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G29" s="125" t="s">
-        <v>369</v>
+        <v>703</v>
       </c>
       <c r="H29" s="138" t="s">
         <v>370</v>
       </c>
       <c r="I29" s="138" t="s">
-        <v>678</v>
+        <v>704</v>
       </c>
       <c r="J29" s="138" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="121" t="s">
         <v>373</v>
       </c>
       <c r="B30" s="127" t="s">
-        <v>720</v>
+        <v>705</v>
       </c>
       <c r="C30" s="126" t="s">
-        <v>719</v>
+        <v>706</v>
       </c>
       <c r="D30" s="128" t="s">
         <v>374</v>
       </c>
       <c r="E30" s="125" t="s">
         <v>46</v>
       </c>
       <c r="F30" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G30" s="125" t="s">
-        <v>377</v>
+        <v>707</v>
       </c>
       <c r="H30" s="138" t="s">
         <v>375</v>
       </c>
       <c r="I30" s="138" t="s">
         <v>376</v>
       </c>
       <c r="J30" s="138" t="s">
         <v>376</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="121" t="s">
         <v>82</v>
       </c>
       <c r="B31" s="122">
         <v>6239</v>
       </c>
       <c r="C31" s="121" t="s">
         <v>379</v>
       </c>
       <c r="D31" s="123" t="s">
-        <v>665</v>
+        <v>708</v>
       </c>
       <c r="E31" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F31" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G31" s="125" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H31" s="138" t="s">
         <v>381</v>
       </c>
       <c r="I31" s="138" t="s">
         <v>382</v>
       </c>
       <c r="J31" s="138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="121" t="s">
         <v>385</v>
       </c>
       <c r="B32" s="122">
         <v>6240</v>
       </c>
       <c r="C32" s="121" t="s">
         <v>386</v>
       </c>
       <c r="D32" s="123" t="s">
         <v>387</v>
       </c>
       <c r="E32" s="125" t="s">
         <v>138</v>
       </c>
       <c r="F32" s="125"/>
-      <c r="G32" s="125" t="s">
-        <v>168</v>
+      <c r="G32" s="143" t="s">
+        <v>391</v>
       </c>
       <c r="H32" s="138" t="s">
         <v>388</v>
       </c>
       <c r="I32" s="138" t="s">
         <v>389</v>
       </c>
       <c r="J32" s="138" t="s">
         <v>389</v>
       </c>
     </row>
-    <row r="33" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B33" s="122">
         <v>2530</v>
       </c>
       <c r="C33" s="121" t="s">
         <v>392</v>
       </c>
       <c r="D33" s="123" t="s">
         <v>394</v>
       </c>
       <c r="E33" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F33" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G33" s="125" t="s">
-        <v>683</v>
+        <v>710</v>
       </c>
       <c r="H33" s="138" t="s">
         <v>395</v>
       </c>
       <c r="I33" s="138" t="s">
         <v>396</v>
       </c>
       <c r="J33" s="138" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="34" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B34" s="122">
         <v>6217</v>
       </c>
       <c r="C34" s="121" t="s">
         <v>402</v>
       </c>
       <c r="D34" s="123" t="s">
         <v>403</v>
       </c>
       <c r="E34" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F34" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G34" s="125" t="s">
-        <v>683</v>
+        <v>710</v>
       </c>
       <c r="H34" s="138" t="s">
         <v>404</v>
       </c>
       <c r="I34" s="138" t="s">
         <v>405</v>
       </c>
       <c r="J34" s="138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="35" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B35" s="122">
         <v>6258</v>
       </c>
       <c r="C35" s="121" t="s">
         <v>415</v>
       </c>
       <c r="D35" s="123" t="s">
         <v>403</v>
       </c>
       <c r="E35" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F35" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G35" s="125" t="s">
-        <v>683</v>
+        <v>710</v>
       </c>
       <c r="H35" s="138" t="s">
         <v>416</v>
       </c>
       <c r="I35" s="138" t="s">
         <v>417</v>
       </c>
       <c r="J35" s="138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="36" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B36" s="122">
         <v>6259</v>
       </c>
       <c r="C36" s="121" t="s">
         <v>419</v>
       </c>
       <c r="D36" s="123" t="s">
         <v>403</v>
       </c>
       <c r="E36" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F36" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G36" s="125" t="s">
-        <v>683</v>
+        <v>710</v>
       </c>
       <c r="H36" s="138" t="s">
         <v>420</v>
       </c>
       <c r="I36" s="138" t="s">
         <v>421</v>
       </c>
       <c r="J36" s="138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="37" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B37" s="122">
         <v>6268</v>
       </c>
       <c r="C37" s="121" t="s">
         <v>427</v>
       </c>
       <c r="D37" s="123" t="s">
         <v>428</v>
       </c>
       <c r="E37" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F37" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G37" s="125" t="s">
-        <v>683</v>
+        <v>710</v>
       </c>
       <c r="H37" s="138" t="s">
         <v>429</v>
       </c>
       <c r="I37" s="138">
         <v>867628078</v>
       </c>
       <c r="J37" s="138" t="s">
         <v>430</v>
       </c>
     </row>
-    <row r="38" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B38" s="122">
         <v>6269</v>
       </c>
       <c r="C38" s="121" t="s">
         <v>432</v>
       </c>
       <c r="D38" s="123" t="s">
         <v>428</v>
       </c>
       <c r="E38" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F38" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G38" s="125" t="s">
-        <v>683</v>
+        <v>710</v>
       </c>
       <c r="H38" s="138" t="s">
         <v>433</v>
       </c>
       <c r="I38" s="138">
         <v>867595401</v>
       </c>
       <c r="J38" s="138" t="s">
         <v>434</v>
       </c>
     </row>
-    <row r="39" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B39" s="122">
         <v>6270</v>
       </c>
       <c r="C39" s="121" t="s">
         <v>436</v>
       </c>
       <c r="D39" s="123" t="s">
         <v>437</v>
       </c>
       <c r="E39" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F39" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G39" s="125" t="s">
-        <v>683</v>
+        <v>711</v>
       </c>
       <c r="H39" s="138" t="s">
         <v>438</v>
       </c>
       <c r="I39" s="138">
         <v>867780915</v>
       </c>
       <c r="J39" s="138" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="40" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B40" s="122">
         <v>6271</v>
       </c>
       <c r="C40" s="121" t="s">
         <v>441</v>
       </c>
       <c r="D40" s="123" t="s">
         <v>428</v>
       </c>
       <c r="E40" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F40" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G40" s="125" t="s">
-        <v>683</v>
+        <v>711</v>
       </c>
       <c r="H40" s="138" t="s">
         <v>442</v>
       </c>
       <c r="I40" s="138">
         <v>867640765</v>
       </c>
       <c r="J40" s="138" t="s">
         <v>443</v>
       </c>
     </row>
-    <row r="41" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="121" t="s">
         <v>393</v>
       </c>
       <c r="B41" s="122">
         <v>6272</v>
       </c>
       <c r="C41" s="121" t="s">
         <v>445</v>
       </c>
       <c r="D41" s="123" t="s">
         <v>428</v>
       </c>
       <c r="E41" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F41" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G41" s="125" t="s">
-        <v>683</v>
+        <v>711</v>
       </c>
       <c r="H41" s="138" t="s">
         <v>446</v>
       </c>
       <c r="I41" s="138">
         <v>867628133</v>
       </c>
       <c r="J41" s="138" t="s">
         <v>447</v>
       </c>
     </row>
     <row r="42" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="121" t="s">
         <v>78</v>
       </c>
       <c r="B42" s="122">
         <v>5733</v>
       </c>
       <c r="C42" s="121" t="s">
         <v>451</v>
       </c>
       <c r="D42" s="123" t="s">
         <v>452</v>
       </c>
       <c r="E42" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F42" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G42" s="125" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H42" s="138" t="s">
         <v>453</v>
       </c>
       <c r="I42" s="138">
         <v>117512584</v>
       </c>
       <c r="J42" s="138">
         <v>86147522638</v>
       </c>
     </row>
     <row r="43" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="121" t="s">
         <v>78</v>
       </c>
       <c r="B43" s="122">
         <v>6289</v>
       </c>
       <c r="C43" s="121" t="s">
         <v>639</v>
       </c>
       <c r="D43" s="123" t="s">
         <v>640</v>
       </c>
       <c r="E43" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F43" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G43" s="125" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H43" s="138" t="s">
         <v>641</v>
       </c>
       <c r="I43" s="138" t="s">
         <v>642</v>
       </c>
       <c r="J43" s="138" t="s">
         <v>642</v>
       </c>
     </row>
-    <row r="44" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="121" t="s">
         <v>455</v>
       </c>
       <c r="B44" s="122">
         <v>6257</v>
       </c>
       <c r="C44" s="121" t="s">
         <v>456</v>
       </c>
       <c r="D44" s="123" t="s">
         <v>457</v>
       </c>
       <c r="E44" s="125" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="F44" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G44" s="125" t="s">
-        <v>460</v>
+        <v>714</v>
       </c>
       <c r="H44" s="138" t="s">
         <v>458</v>
       </c>
       <c r="I44" s="138" t="s">
         <v>459</v>
       </c>
       <c r="J44" s="138" t="s">
         <v>459</v>
       </c>
     </row>
-    <row r="45" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:10" ht="111" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="121" t="s">
         <v>77</v>
       </c>
       <c r="B45" s="122">
         <v>4707</v>
       </c>
       <c r="C45" s="121" t="s">
-        <v>464</v>
+        <v>715</v>
       </c>
       <c r="D45" s="123" t="s">
-        <v>465</v>
+        <v>716</v>
       </c>
       <c r="E45" s="125" t="s">
-        <v>668</v>
+        <v>717</v>
       </c>
       <c r="F45" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G45" s="125" t="s">
-        <v>467</v>
+        <v>718</v>
       </c>
       <c r="H45" s="138" t="s">
         <v>466</v>
       </c>
       <c r="I45" s="138">
         <v>0</v>
       </c>
       <c r="J45" s="138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="46" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:10" ht="111" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="121" t="s">
         <v>77</v>
       </c>
       <c r="B46" s="122">
         <v>5219</v>
       </c>
       <c r="C46" s="121" t="s">
         <v>472</v>
       </c>
       <c r="D46" s="123" t="s">
         <v>465</v>
       </c>
       <c r="E46" s="125" t="s">
-        <v>668</v>
+        <v>717</v>
       </c>
       <c r="F46" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G46" s="125" t="s">
-        <v>467</v>
+        <v>718</v>
       </c>
       <c r="H46" s="138" t="s">
         <v>473</v>
       </c>
       <c r="I46" s="138">
         <v>0</v>
       </c>
       <c r="J46" s="138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="47" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:10" ht="111" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="121" t="s">
         <v>77</v>
       </c>
       <c r="B47" s="122">
         <v>5220</v>
       </c>
       <c r="C47" s="121" t="s">
         <v>475</v>
       </c>
       <c r="D47" s="123" t="s">
         <v>465</v>
       </c>
       <c r="E47" s="125" t="s">
-        <v>668</v>
+        <v>717</v>
       </c>
       <c r="F47" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G47" s="125" t="s">
-        <v>467</v>
+        <v>718</v>
       </c>
       <c r="H47" s="138" t="s">
         <v>476</v>
       </c>
       <c r="I47" s="138">
         <v>0</v>
       </c>
       <c r="J47" s="138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="48" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="121" t="s">
         <v>478</v>
       </c>
       <c r="B48" s="122">
         <v>6243</v>
       </c>
       <c r="C48" s="121" t="s">
         <v>479</v>
       </c>
       <c r="D48" s="123" t="s">
         <v>480</v>
       </c>
       <c r="E48" s="125" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="F48" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G48" s="125" t="s">
-        <v>483</v>
+        <v>719</v>
       </c>
       <c r="H48" s="138" t="s">
         <v>481</v>
       </c>
       <c r="I48" s="138">
         <v>5253015833</v>
       </c>
       <c r="J48" s="138" t="s">
         <v>482</v>
       </c>
     </row>
-    <row r="49" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="121" t="s">
         <v>478</v>
       </c>
       <c r="B49" s="122">
         <v>6244</v>
       </c>
       <c r="C49" s="121" t="s">
         <v>485</v>
       </c>
       <c r="D49" s="123" t="s">
         <v>480</v>
       </c>
       <c r="E49" s="125" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="F49" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G49" s="125" t="s">
-        <v>483</v>
+        <v>719</v>
       </c>
       <c r="H49" s="138" t="s">
         <v>486</v>
       </c>
       <c r="I49" s="138">
         <v>5253015081</v>
       </c>
       <c r="J49" s="138" t="s">
         <v>487</v>
       </c>
     </row>
-    <row r="50" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="123" t="s">
         <v>489</v>
       </c>
       <c r="B50" s="140">
         <v>5990</v>
       </c>
       <c r="C50" s="123" t="s">
         <v>488</v>
       </c>
       <c r="D50" s="123" t="s">
         <v>490</v>
       </c>
       <c r="E50" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F50" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G50" s="125" t="s">
-        <v>492</v>
+        <v>720</v>
       </c>
       <c r="H50" s="138">
         <v>0</v>
       </c>
       <c r="I50" s="138" t="s">
         <v>491</v>
       </c>
       <c r="J50" s="138" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="51" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="123" t="s">
         <v>489</v>
       </c>
       <c r="B51" s="140">
         <v>6176</v>
       </c>
       <c r="C51" s="123" t="s">
         <v>493</v>
       </c>
       <c r="D51" s="123" t="s">
         <v>496</v>
       </c>
       <c r="E51" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F51" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G51" s="125" t="s">
-        <v>713</v>
+        <v>722</v>
       </c>
       <c r="H51" s="138">
         <v>0</v>
       </c>
       <c r="I51" s="138" t="s">
         <v>497</v>
       </c>
       <c r="J51" s="138" t="s">
-        <v>673</v>
+        <v>723</v>
       </c>
     </row>
     <row r="52" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="123" t="s">
         <v>489</v>
       </c>
       <c r="B52" s="140">
         <v>6290</v>
       </c>
       <c r="C52" s="123" t="s">
         <v>634</v>
       </c>
       <c r="D52" s="123" t="s">
         <v>635</v>
       </c>
       <c r="E52" s="142" t="s">
         <v>137</v>
       </c>
       <c r="F52" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G52" s="125" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="H52" s="138" t="s">
         <v>636</v>
       </c>
       <c r="I52" s="138" t="s">
         <v>637</v>
       </c>
       <c r="J52" s="138" t="s">
         <v>637</v>
       </c>
     </row>
-    <row r="53" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="123" t="s">
         <v>86</v>
       </c>
       <c r="B53" s="140">
         <v>6245</v>
       </c>
       <c r="C53" s="123" t="s">
         <v>499</v>
       </c>
       <c r="D53" s="123" t="s">
-        <v>500</v>
+        <v>725</v>
       </c>
       <c r="E53" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F53" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G53" s="125" t="s">
-        <v>709</v>
+        <v>726</v>
       </c>
       <c r="H53" s="138" t="s">
         <v>501</v>
       </c>
       <c r="I53" s="138" t="s">
         <v>501</v>
       </c>
       <c r="J53" s="138" t="s">
         <v>501</v>
       </c>
     </row>
-    <row r="54" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="123" t="s">
         <v>503</v>
       </c>
       <c r="B54" s="140">
         <v>6246</v>
       </c>
       <c r="C54" s="123" t="s">
         <v>504</v>
       </c>
       <c r="D54" s="123" t="s">
-        <v>664</v>
+        <v>727</v>
       </c>
       <c r="E54" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F54" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G54" s="125" t="s">
-        <v>710</v>
+        <v>728</v>
       </c>
       <c r="H54" s="138" t="s">
         <v>506</v>
       </c>
       <c r="I54" s="138">
         <v>2122501975</v>
       </c>
       <c r="J54" s="138" t="s">
         <v>507</v>
       </c>
     </row>
-    <row r="55" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:10" ht="79.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="123" t="s">
         <v>510</v>
       </c>
       <c r="B55" s="140">
         <v>6247</v>
       </c>
       <c r="C55" s="123" t="s">
         <v>511</v>
       </c>
       <c r="D55" s="123" t="s">
         <v>512</v>
       </c>
       <c r="E55" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F55" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G55" s="125" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="H55" s="138" t="s">
         <v>513</v>
       </c>
       <c r="I55" s="138">
         <v>9598851203</v>
       </c>
       <c r="J55" s="138">
         <v>4260321254</v>
       </c>
     </row>
-    <row r="56" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:10" ht="48" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="123" t="s">
         <v>517</v>
       </c>
       <c r="B56" s="140">
         <v>6248</v>
       </c>
       <c r="C56" s="123" t="s">
         <v>518</v>
       </c>
       <c r="D56" s="123" t="s">
         <v>519</v>
       </c>
       <c r="E56" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F56" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G56" s="125" t="s">
-        <v>522</v>
+        <v>730</v>
       </c>
       <c r="H56" s="138" t="s">
         <v>520</v>
       </c>
       <c r="I56" s="138" t="s">
         <v>521</v>
       </c>
       <c r="J56" s="138" t="s">
         <v>521</v>
       </c>
     </row>
-    <row r="57" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:10" ht="63.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="123" t="s">
         <v>524</v>
       </c>
       <c r="B57" s="140">
         <v>6249</v>
       </c>
       <c r="C57" s="123" t="s">
         <v>531</v>
       </c>
       <c r="D57" s="123" t="s">
-        <v>667</v>
+        <v>731</v>
       </c>
       <c r="E57" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F57" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G57" s="125" t="s">
-        <v>535</v>
+        <v>732</v>
       </c>
       <c r="H57" s="138" t="s">
         <v>533</v>
       </c>
       <c r="I57" s="138" t="s">
         <v>533</v>
       </c>
       <c r="J57" s="138" t="s">
         <v>534</v>
       </c>
     </row>
-    <row r="58" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="121" t="s">
         <v>524</v>
       </c>
       <c r="B58" s="122" t="s">
-        <v>721</v>
+        <v>733</v>
       </c>
       <c r="C58" s="121" t="s">
-        <v>722</v>
+        <v>734</v>
       </c>
       <c r="D58" s="123" t="s">
-        <v>723</v>
+        <v>735</v>
       </c>
       <c r="E58" s="142" t="s">
-        <v>137</v>
+        <v>736</v>
       </c>
       <c r="F58" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G58" s="125" t="s">
-        <v>527</v>
+        <v>737</v>
       </c>
       <c r="H58" s="138" t="s">
         <v>526</v>
       </c>
       <c r="I58" s="138">
         <v>0</v>
       </c>
       <c r="J58" s="138" t="s">
-        <v>674</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="59" spans="1:10" ht="63" x14ac:dyDescent="0.25">
       <c r="A59" s="121" t="s">
         <v>537</v>
       </c>
       <c r="B59" s="122">
         <v>6251</v>
       </c>
       <c r="C59" s="121" t="s">
         <v>538</v>
       </c>
-      <c r="D59" s="123" t="s">
-        <v>539</v>
+      <c r="D59" s="121" t="s">
+        <v>754</v>
       </c>
       <c r="E59" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F59" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G59" s="125" t="s">
-        <v>650</v>
+        <v>739</v>
       </c>
       <c r="H59" s="138" t="s">
         <v>540</v>
       </c>
       <c r="I59" s="138" t="s">
         <v>168</v>
       </c>
       <c r="J59" s="138" t="s">
         <v>541</v>
       </c>
     </row>
     <row r="60" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="123" t="s">
         <v>117</v>
       </c>
       <c r="B60" s="140">
         <v>6252</v>
       </c>
       <c r="C60" s="123" t="s">
         <v>544</v>
       </c>
       <c r="D60" s="123" t="s">
         <v>545</v>
       </c>
       <c r="E60" s="125" t="s">
-        <v>670</v>
+        <v>740</v>
       </c>
       <c r="F60" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G60" s="125" t="s">
-        <v>655</v>
+        <v>741</v>
       </c>
       <c r="H60" s="138" t="s">
         <v>546</v>
       </c>
       <c r="I60" s="138" t="s">
-        <v>680</v>
+        <v>742</v>
       </c>
       <c r="J60" s="138" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="61" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="139" t="s">
         <v>552</v>
       </c>
       <c r="B61" s="122">
         <v>6264</v>
       </c>
       <c r="C61" s="139" t="s">
         <v>553</v>
       </c>
       <c r="D61" s="124" t="s">
         <v>554</v>
       </c>
       <c r="E61" s="125" t="s">
-        <v>700</v>
+        <v>687</v>
       </c>
       <c r="F61" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G61" s="125" t="s">
-        <v>651</v>
+        <v>743</v>
       </c>
       <c r="H61" s="138" t="s">
         <v>555</v>
       </c>
       <c r="I61" s="138">
         <v>6101621275</v>
       </c>
       <c r="J61" s="138">
         <v>6101621275</v>
       </c>
     </row>
     <row r="62" spans="1:10" ht="95.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="124" t="s">
         <v>559</v>
       </c>
       <c r="B62" s="140">
         <v>6253</v>
       </c>
       <c r="C62" s="124" t="s">
         <v>560</v>
       </c>
       <c r="D62" s="124" t="s">
         <v>561</v>
       </c>
       <c r="E62" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F62" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G62" s="125" t="s">
-        <v>563</v>
+        <v>744</v>
       </c>
       <c r="H62" s="138" t="s">
         <v>562</v>
       </c>
       <c r="I62" s="138" t="s">
-        <v>662</v>
+        <v>745</v>
       </c>
       <c r="J62" s="138" t="s">
-        <v>662</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="63" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="121" t="s">
         <v>567</v>
       </c>
       <c r="B63" s="122">
         <v>6254</v>
       </c>
       <c r="C63" s="121" t="s">
         <v>568</v>
       </c>
       <c r="D63" s="123" t="s">
-        <v>569</v>
+        <v>746</v>
       </c>
       <c r="E63" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F63" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G63" s="125" t="s">
-        <v>572</v>
+        <v>747</v>
       </c>
       <c r="H63" s="138" t="s">
         <v>570</v>
       </c>
       <c r="I63" s="138" t="s">
         <v>571</v>
       </c>
       <c r="J63" s="138">
         <v>493003801</v>
       </c>
     </row>
-    <row r="64" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="121" t="s">
         <v>567</v>
       </c>
       <c r="B64" s="122">
         <v>6255</v>
       </c>
       <c r="C64" s="121" t="s">
         <v>575</v>
       </c>
       <c r="D64" s="123" t="s">
-        <v>569</v>
+        <v>748</v>
       </c>
       <c r="E64" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F64" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G64" s="125" t="s">
-        <v>653</v>
+        <v>749</v>
       </c>
       <c r="H64" s="138" t="s">
         <v>576</v>
       </c>
       <c r="I64" s="138">
         <v>1207609228</v>
       </c>
       <c r="J64" s="138" t="s">
         <v>577</v>
       </c>
     </row>
-    <row r="65" spans="1:10" ht="63.75" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:10" ht="79.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="121" t="s">
         <v>567</v>
       </c>
       <c r="B65" s="122">
         <v>6274</v>
       </c>
       <c r="C65" s="121" t="s">
         <v>585</v>
       </c>
       <c r="D65" s="123" t="s">
-        <v>569</v>
+        <v>750</v>
       </c>
       <c r="E65" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F65" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G65" s="125" t="s">
-        <v>652</v>
+        <v>751</v>
       </c>
       <c r="H65" s="138" t="s">
         <v>586</v>
       </c>
       <c r="I65" s="138" t="s">
         <v>587</v>
       </c>
       <c r="J65" s="138">
         <v>493003801</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="139" t="s">
         <v>590</v>
       </c>
       <c r="B66" s="122">
         <v>5061</v>
       </c>
       <c r="C66" s="139" t="s">
         <v>589</v>
       </c>
       <c r="D66" s="139" t="s">
-        <v>716</v>
+        <v>752</v>
       </c>
       <c r="E66" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F66" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G66" s="125" t="s">
-        <v>654</v>
+        <v>753</v>
       </c>
       <c r="H66" s="138">
         <v>30267543</v>
       </c>
       <c r="I66" s="138" t="s">
         <v>594</v>
       </c>
       <c r="J66" s="138" t="s">
         <v>168</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="139" t="s">
         <v>590</v>
       </c>
       <c r="B67" s="122">
         <v>5088</v>
       </c>
       <c r="C67" s="139" t="s">
         <v>596</v>
       </c>
       <c r="D67" s="124" t="s">
         <v>597</v>
       </c>
       <c r="E67" s="125" t="s">
         <v>137</v>
       </c>
       <c r="F67" s="125" t="s">
         <v>168</v>
       </c>
-      <c r="G67" s="141" t="s">
-        <v>595</v>
+      <c r="G67" s="125" t="s">
+        <v>753</v>
       </c>
       <c r="H67" s="138">
         <v>30360061</v>
       </c>
       <c r="I67" s="138" t="s">
         <v>599</v>
       </c>
       <c r="J67" s="138" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="68" spans="1:10" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:10" ht="48" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="139" t="s">
         <v>590</v>
       </c>
       <c r="B68" s="122">
         <v>6286</v>
       </c>
       <c r="C68" s="139" t="s">
         <v>615</v>
       </c>
       <c r="D68" s="124" t="s">
         <v>608</v>
       </c>
       <c r="E68" s="125" t="s">
-        <v>685</v>
+        <v>655</v>
       </c>
       <c r="F68" s="125" t="s">
         <v>168</v>
       </c>
       <c r="G68" s="125" t="s">
-        <v>595</v>
+        <v>753</v>
       </c>
       <c r="H68" s="138" t="s">
         <v>168</v>
       </c>
       <c r="I68" s="138" t="s">
         <v>616</v>
       </c>
       <c r="J68" s="138" t="s">
         <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A2:J69" xr:uid="{0953C613-7F6C-457C-AE45-7FAE8526C1E4}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A13:J66">
       <sortCondition ref="A2:A69"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:J68">
     <sortCondition ref="A3:A68"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="E1:G1"/>
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="H1:J1"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="H20" r:id="rId1" display="anna.Meimeti@unilever.com" xr:uid="{1E61D27F-29C9-4E32-B91D-58F63B022802}"/>
+    <hyperlink ref="G32" r:id="rId2" xr:uid="{723799FD-36A2-4EA9-8994-23205C8F0839}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId2"/>
+  <drawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010000B7CB1B04E65F498BCDD31F0E832982" ma:contentTypeVersion="13" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="63fcc1777c85f183d9326751be68f1fc">
-[...2 lines deleted...]
-    <xsd:import namespace="c1abecf9-440a-4830-bcad-b5674e1c0b57"/>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="495ed39c-077d-4a89-8e34-77235794e7b9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="afce7acf-0d9c-43c2-b7dd-e197454170eb">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100C04808F9F6335A419BB093E120140CA1" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="038b7d997889d0f6103ab37ecba79746">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="afce7acf-0d9c-43c2-b7dd-e197454170eb" xmlns:ns3="495ed39c-077d-4a89-8e34-77235794e7b9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6dd936fc47fca1e8248f0065fd938092" ns2:_="" ns3:_="">
+    <xsd:import namespace="afce7acf-0d9c-43c2-b7dd-e197454170eb"/>
+    <xsd:import namespace="495ed39c-077d-4a89-8e34-77235794e7b9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
-[...1 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c4e57fb5-46b0-4465-89ea-4bb2c90fad8d" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="afce7acf-0d9c-43c2-b7dd-e197454170eb" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
-[...12 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="11" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="b7f554e9-a963-4179-93d8-b97c19740184" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
     <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
-[...16 lines deleted...]
-    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="20" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="21" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="22" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceBillingMetadata" ma:index="23" nillable="true" ma:displayName="MediaServiceBillingMetadata" ma:hidden="true" ma:internalName="MediaServiceBillingMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c1abecf9-440a-4830-bcad-b5674e1c0b57" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="495ed39c-077d-4a89-8e34-77235794e7b9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{b9f6e34d-788f-4ad3-80df-0757c673bb11}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c1abecf9-440a-4830-bcad-b5674e1c0b57">
+    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{98118a9e-b428-49fe-92ae-7d47d4c56514}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="495ed39c-077d-4a89-8e34-77235794e7b9">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -21361,110 +21815,84 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D8F15820-0E85-4AA2-8008-62EB8068AE9B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF8D2D2-0D08-4244-B6D1-A7F5E1384578}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="c4e57fb5-46b0-4465-89ea-4bb2c90fad8d"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="495ed39c-077d-4a89-8e34-77235794e7b9"/>
+    <ds:schemaRef ds:uri="afce7acf-0d9c-43c2-b7dd-e197454170eb"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{90F9C75F-26B0-45DF-AD0C-3B3F62CB2AD4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FFF8D2D2-0D08-4244-B6D1-A7F5E1384578}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E0811293-57A4-4C16-BA06-9C0F02311C85}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="afce7acf-0d9c-43c2-b7dd-e197454170eb"/>
+    <ds:schemaRef ds:uri="495ed39c-077d-4a89-8e34-77235794e7b9"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="c4e57fb5-46b0-4465-89ea-4bb2c90fad8d"/>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{89db4e91-bad5-4fd0-9ca4-c06485916e3a}" enabled="1" method="Standard" siteId="{f66fae02-5d36-495b-bfe0-78a6ff9f8e6e}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
@@ -21484,32 +21912,32 @@
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Privado, Edgar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision/>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
   <cp:contentStatus/>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010000B7CB1B04E65F498BCDD31F0E832982</vt:lpwstr>
+    <vt:lpwstr>0x010100C04808F9F6335A419BB093E120140CA1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>